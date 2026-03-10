--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -1,565 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5B3F20E4" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+    <w:p w14:paraId="097069BF" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5760"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="1FDDAC76" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRPr="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+        <w:ind w:left="5760" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38957B89" w14:textId="482EE5DC" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5760"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F8699A">
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(miejscowość i data)</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0EF0C31F" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+        <w:t>Miejscowość, data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B1049E" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770B1708" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Imię i nazwisko rodzica / opiekuna prawnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7F94D9" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="5C7E4E47" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748DE6F6" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Adres</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E25E29" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="414308DC" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="43B7C215" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="00A7C5D5" w14:textId="77777777" w:rsidR="005956DD" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">OŚWIADCZENIE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B1C023" w14:textId="7694241F" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>O WIELODZIETNOŚCI RODZINY</w:t>
+      </w:r>
+      <w:r w:rsidR="005956DD">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">KANDYDATA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E24F76D" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B34DBFB" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Ja niżej podpisana/y oświadczam, że jestem rodzicem (opiekunem prawnym):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E7D553" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29EF79EA" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="162DF859" w14:textId="01A76C42" w:rsidR="00F8699A" w:rsidRPr="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>………………..……………………………………………………………..……..,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6324D8A7" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...189 lines deleted...]
-        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F8699A">
+      <w:r w:rsidRPr="009B6334">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>(podpis rodzica/rodziców)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="68551BE6" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+        <w:t>(imię i nazwisko dziecka, PESEL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3859F9EC" w14:textId="77777777" w:rsidR="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B61A22" w14:textId="549F40B1" w:rsidR="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>wychowującego się w rodzinie wielodzietnej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179865EC" w14:textId="271D1B89" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Wraz z dzieckiem rodzina liczy................ osób, w tym ........... dzieci.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8ACDC0" w14:textId="01A45F5D" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00B900D1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Jestem świadoma/y odpowiedzialności karnej za złożenie fałszywego oświadczenia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04040F60" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="2ACE9A70" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="530775E1" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>……………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6042259C" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4320"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="009B6334">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3BAB715F" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+        <w:t>(czytelny podpis osoby składającej oświadczenie)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAECBFE" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334"/>
+    <w:p w14:paraId="0A3A3A43" w14:textId="138ECACA" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="00007708">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Zgodnie z art. 4 pkt 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B900D1">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve"> ustawy z dnia 14 grudnia 2016 roku prawo oświatowe (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C46A64">
+        <w:t>t.j.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Dz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>. U. z 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46A64">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">r., poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46A64">
+        <w:t>737 ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00007708">
+        <w:t>wielodzietności rodziny – należy przez to rozumieć rodzinę wychowującą troje</w:t>
+      </w:r>
+      <w:r w:rsidR="00B900D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00007708">
+        <w:t>i więcej dzieci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D9BFEE" w14:textId="77777777" w:rsidR="009B6334" w:rsidRDefault="009B6334" w:rsidP="0089400B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Przewodniczący komisji rekrutacyjnej może żądać od rodziców/prawnych opiekunów przedstawienia dokumentów potwierdzających okoliczności zawarte w oświadczeniu oraz zwrócić się do Wójta Gminy, właściwego ze względu na miejsce zamieszkania dziecka, o potwierdzenie okoliczności zawartych w oświadczeniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5A4D0C" w14:textId="77777777" w:rsidR="009B6334" w:rsidRPr="009B6334" w:rsidRDefault="009B6334" w:rsidP="009B6334">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331E924D" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+    <w:p w14:paraId="6D6C705D" w14:textId="5E3A2DC0" w:rsidR="00FE2D0F" w:rsidRDefault="009B6334" w:rsidP="0057509C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="32F7E815" w14:textId="77777777" w:rsidR="00F8699A" w:rsidRDefault="00F8699A" w:rsidP="00F8699A">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">Zgodnie z art. 233 § 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">ustawy z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="0057509C">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0057509C">
+        <w:t>czerwca 1997</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t xml:space="preserve"> roku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t>Kodeks karn</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t>t.j.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t>Dz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t>. U. z 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">r., poz. </w:t>
+      </w:r>
+      <w:r w:rsidR="0057509C">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t>7 ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F" w:rsidRPr="009B6334">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t>-Kto, składając zeznanie mające służyć za dowód w postępowaniu</w:t>
+      </w:r>
+      <w:r w:rsidR="0057509C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2D0F">
+        <w:t xml:space="preserve">sądowym lub w innym postępowaniu prowadzonym na podstawie ustawy, zeznaje nieprawdę lub zataja prawdę, podlega karze pozbawienia wolności od 6 miesięcy do lat 8. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCA5097" w14:textId="77777777" w:rsidR="0057509C" w:rsidRDefault="0057509C" w:rsidP="0057509C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...111 lines deleted...]
-      <w:r w:rsidRPr="000A2544">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00F8699A" w:rsidRPr="000A2544" w:rsidSect="000A2544">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BB5C99" w14:textId="0B5C4269" w:rsidR="009B6334" w:rsidRDefault="009B6334" w:rsidP="00FE2D0F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Treść obowiązku informacyjnego (klauzula informacyjna o przetwarzaniu danych) zwart</w:t>
+      </w:r>
+      <w:r w:rsidR="00007708">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6334">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jest we wniosku o przyjęcie kandydata do placówki oświatowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00007708">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009B6334" w:rsidSect="003D1A6F">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F8699A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001F024C"/>
+    <w:rsidRoot w:val="003D1A6F"/>
+    <w:rsid w:val="00007708"/>
     <w:rsid w:val="00224001"/>
     <w:rsid w:val="002A0E89"/>
     <w:rsid w:val="002C2CD6"/>
     <w:rsid w:val="003924E2"/>
+    <w:rsid w:val="003D1A6F"/>
+    <w:rsid w:val="003F7A24"/>
     <w:rsid w:val="00562EB6"/>
+    <w:rsid w:val="0057509C"/>
+    <w:rsid w:val="005956DD"/>
     <w:rsid w:val="00627D39"/>
     <w:rsid w:val="00667144"/>
     <w:rsid w:val="007813CC"/>
     <w:rsid w:val="00842BD2"/>
+    <w:rsid w:val="0089400B"/>
+    <w:rsid w:val="009B6334"/>
     <w:rsid w:val="00AD55B5"/>
     <w:rsid w:val="00B3312F"/>
+    <w:rsid w:val="00B900D1"/>
     <w:rsid w:val="00BA1BF0"/>
-    <w:rsid w:val="00BD1267"/>
+    <w:rsid w:val="00C46A64"/>
     <w:rsid w:val="00C508C8"/>
     <w:rsid w:val="00DE4878"/>
     <w:rsid w:val="00E263AE"/>
-    <w:rsid w:val="00F8699A"/>
     <w:rsid w:val="00FB736A"/>
+    <w:rsid w:val="00FE2D0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0F16F45A"/>
+  <w14:docId w14:val="59525C41"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8380509D-ECF5-45E0-A61B-9563990DF88B}"/>
+  <w15:docId w15:val="{7232FFDD-FA01-4C12-97FE-9D86C04A04AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -930,596 +977,605 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek3Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek4Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek5Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek6Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek7Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek8Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek9Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
     <w:name w:val="Nagłówek 3 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek4Znak">
     <w:name w:val="Nagłówek 4 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek5Znak">
     <w:name w:val="Nagłówek 5 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek6Znak">
     <w:name w:val="Nagłówek 6 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek7Znak">
     <w:name w:val="Nagłówek 7 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek8Znak">
     <w:name w:val="Nagłówek 8 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek9Znak">
     <w:name w:val="Nagłówek 9 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tytu">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="TytuZnak"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TytuZnak">
     <w:name w:val="Tytuł Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tytu"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="PodtytuZnak"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PodtytuZnak">
     <w:name w:val="Podtytuł Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Podtytu"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cytat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="CytatZnak"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CytatZnak">
     <w:name w:val="Cytat Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Cytat"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Wyrnienieintensywne">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cytatintensywny">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="CytatintensywnyZnak"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CytatintensywnyZnak">
     <w:name w:val="Cytat intensywny Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Cytatintensywny"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieintensywne">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00F8699A"/>
+    <w:rsid w:val="003D1A6F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...17 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="478887564">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="983702145">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1785,54 +1841,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>147</Words>
-  <Characters>843</Characters>
+  <Words>258</Words>
+  <Characters>1473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>989</CharactersWithSpaces>
+  <CharactersWithSpaces>1728</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>