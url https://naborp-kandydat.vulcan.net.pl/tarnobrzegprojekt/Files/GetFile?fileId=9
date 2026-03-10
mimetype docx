--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -1,1249 +1,2438 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="50D25D4E" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OŚWIADCZENIE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3152616A" w14:textId="07D8DEFD" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>o miejscu zamieszkania kandydata i jego rodziców/prawnych opiekunów</w:t>
+      </w:r>
+      <w:r w:rsidR="006444A2" w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406FDE73" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="1EB5AB6F" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="009D30D8" w:rsidP="009878E2">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855851">
-[...63 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="008210DB" w:rsidRPr="00380080">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">świadczam, że syn/córka ………………………………………………………………………………. </w:t>
+      </w:r>
+      <w:r w:rsidR="008210DB" w:rsidRPr="00380080">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mieszka pod wskazanym niżej adresem: </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00046088" w:rsidRPr="00855851" w:rsidRDefault="00046088" w:rsidP="00046088">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="14"/>
+        <w:tblW w:w="10418" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1876"/>
+        <w:gridCol w:w="3510"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="4E7E3A7C" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7E8A01" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Kod pocztowy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2381298C" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D23A9E4" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>miejscowość</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3954FD" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="3AC11F51" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B969950" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>ulica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B846BFA" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622F2E75" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr domu/lokalu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47163A23" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7C99C0C3" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00080998" w:rsidRDefault="008210DB" w:rsidP="00080998">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...203 lines deleted...]
-        <w:pStyle w:val="Normalny1"/>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855851">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00080998">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">OŚWIADCZENIE </w:t>
+        <w:t>Jednocześnie informuję, że moje dziecko jest zameldowane:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="46"/>
+        <w:tblW w:w="10418" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1603"/>
+        <w:gridCol w:w="3429"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="3544"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="56A8FD6D" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="318501F6" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(wypełnić tylko w przypadku, gdy jest inny niż adres zamieszkania kandydata):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="7A512283" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0F2E3E" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>województwo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6DCCB9" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5853CAFE" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>miejscowość</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="219F60CB" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="3EF581E9" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A5E278" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>ulica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EDD835" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8C2F17" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr domu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF743ED" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="6ACCC768" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B85A4EE" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>kod pocztowy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3429" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01151DC6" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2223EA35" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr mieszkania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DCAC59" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="3175029D" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="205"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0AC6AF" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Nazwa i adres szkoły w przypadku zameldowania w obwodzie innej szkoły</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="0DB415FE" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F20F1C" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Nazwa szkoły</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="113A895B" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="7A109E45" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BC7203" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Adres szkoły</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="686EB487" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="009878E2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="63E0B7D5" w14:textId="40FD3DD1" w:rsidR="008210DB" w:rsidRPr="00080998" w:rsidRDefault="008210DB" w:rsidP="00080998">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855851">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="00080998">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Miejscem zamieszkania rodziców/ prawnych opiekunów jest:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="14"/>
+        <w:tblW w:w="10418" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1876"/>
+        <w:gridCol w:w="3510"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="7F742439" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF95D11" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Adres zamieszkania matki /</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>opiekunki prawnej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="4F23DAE9" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="259E90C0" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Imię i nazwisko:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="26F585B2" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D91E939" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>województwo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51ACFB9C" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="743D6995" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>miejscowość</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73087821" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="2D20095A" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3416D34F" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>ulica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB548C6" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B5D448" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr domu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259DADC4" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="71706C0A" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="411390AC" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>kod pocztowy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A1DB32" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A62D64C" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr mieszkania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC3DFE0" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="3888B24E" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EDA968" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Adres zamieszkania ojca/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>opiekuna prawnego</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="31E47A41" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10418" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2D24AA" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>Imię i nazwisko:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="78594D5A" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2532EA0E" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>województwo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D49D7C8" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E7CC15" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>miejscowość</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8CEC7D" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="2B0A3687" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F95CA6" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>ulica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6415F6" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43AB470C" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr domu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD1788B" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008210DB" w:rsidRPr="00380080" w14:paraId="39B3F54F" w14:textId="77777777" w:rsidTr="00E52B59">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DA9E34" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>kod pocztowy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF3FD77" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1876" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4FB07E" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00380080">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>nr mieszkania</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3510" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7532D21F" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="00E52B59">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47D6AFE4" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00080998" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="00EC7B70">
+    <w:p w14:paraId="12268FA7" w14:textId="25EF46AF" w:rsidR="008210DB" w:rsidRPr="007D4029" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00855851">
-[...71 lines deleted...]
-        <w:t>………………</w:t>
+      <w:r w:rsidRPr="007D4029">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jestem świadomy odpowiedzialności karnej za złożenie fałszywego oświadczenia</w:t>
+      </w:r>
+      <w:r w:rsidR="006444A2" w:rsidRPr="007D4029">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="6C61BAA1" w14:textId="77777777" w:rsidR="008210DB" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...104 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="03D10C6E" w14:textId="77777777" w:rsidR="00766C83" w:rsidRPr="00380080" w:rsidRDefault="00766C83" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="7C419ED5" w14:textId="5900EC64" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                …………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    ……………........……...……................…. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C774464" w14:textId="5641D26F" w:rsidR="008210DB" w:rsidRPr="00766C83" w:rsidRDefault="008210DB" w:rsidP="008210DB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(miejscowość, data,) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(podpis </w:t>
+      </w:r>
+      <w:r w:rsidR="00257946" w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>matki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>/opiekun</w:t>
+      </w:r>
+      <w:r w:rsidR="00257946" w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ki prawnej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0687A9A4" w14:textId="77777777" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="1D83AF0E" w14:textId="50EC2E24" w:rsidR="008210DB" w:rsidRPr="00380080" w:rsidRDefault="008210DB" w:rsidP="008210DB">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                …………………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00380080">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    ……………........……...……................…. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDF6195" w14:textId="0224F474" w:rsidR="00AE37D5" w:rsidRPr="00766C83" w:rsidRDefault="008210DB" w:rsidP="008210DB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(miejscowość, data,) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00257946" w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(podpis ojca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>/opiekuna prawnego)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1BF8CA" w14:textId="110F6897" w:rsidR="006444A2" w:rsidRDefault="006444A2" w:rsidP="006444A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4029">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Miejscem zamieszkania dziecka pozostającego pod władzą rodzicielską jest miejsce zamieszkania rodziców albo tego z rodziców, któremu wyłącznie przysługuje władza rodzicielska lub któremu zostało powierzone wykonywanie władzy rodzicielskiej.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rStyle w:val="markedcontent"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Jeżeli władza rodzicielska przysługuje na równi obojgu rodzicom mającym osobne miejsce zamieszkania, miejsce zamieszkania dziecka jest u tego z rodziców, u którego dziecko stale przebywa. Jeżeli dziecko nie przebywa stale u żadnego z rodziców, jego miejsce zamieszkania określa sąd opiekuńczy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (art. 26 §1 ustawy z dnia 23 kwietnia 1964r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76786">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Kodeks cywilny – t.j.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Dz. U. z 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r. poz. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4B35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>061</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ze zm.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD6EF68" w14:textId="6BE06DC4" w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidRDefault="006444A2" w:rsidP="007D4029">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4029">
+        <w:rPr>
+          <w:rStyle w:val="Uwydatnienie"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Zgodnie z art. 233 § 1 ustawy z dnia 6 czerwca 1997 roku Kodeks karny (t.j.Dz. U. z 2024r., poz. 17 ze zm.)  -Kto, składając zeznanie mające służyć za dowód w postępowaniu sądowym lub w innym postępowaniu prowadzonym na podstawie ustawy, zeznaje nieprawdę lub zataja prawdę, podlega karze pozbawienia wolności od 6 miesięcy do lat 8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264C4732" w14:textId="77777777" w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidRDefault="006444A2" w:rsidP="006444A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="5CAB537A" w14:textId="245DA643" w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidRDefault="006444A2" w:rsidP="006444A2">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006444A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Treść obowiązku informacyjnego (klauzula informacyjna o przetwarzaniu danych) zwarty jest we wniosku o przyjęcie kandydata do placówki oświatowej</w:t>
+      </w:r>
+      <w:r w:rsidR="0050503B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00290538" w14:textId="33AE6256" w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidRDefault="006444A2" w:rsidP="006444A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
+    <w:p w14:paraId="16BC9712" w14:textId="77777777" w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidRDefault="006444A2" w:rsidP="006444A2">
       <w:pPr>
-        <w:pStyle w:val="Normalny1"/>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0083038B" w:rsidRPr="00855851" w:rsidRDefault="0083038B" w:rsidP="0083038B">
-[...374 lines deleted...]
-    <w:sectPr w:rsidR="00EB259D" w:rsidRPr="00855851">
+    <w:sectPr w:rsidR="006444A2" w:rsidRPr="006444A2" w:rsidSect="00766C83">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="720" w:bottom="142" w:left="720" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="312" w:charSpace="-6145"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D1C45" w:rsidRDefault="009D1C45" w:rsidP="0083038B">
+    <w:p w14:paraId="587E589F" w14:textId="77777777" w:rsidR="00651E42" w:rsidRDefault="00651E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D1C45" w:rsidRDefault="009D1C45" w:rsidP="0083038B">
+    <w:p w14:paraId="562715E6" w14:textId="77777777" w:rsidR="00651E42" w:rsidRDefault="00651E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D1C45" w:rsidRDefault="009D1C45" w:rsidP="0083038B">
+    <w:p w14:paraId="747D86C2" w14:textId="77777777" w:rsidR="00651E42" w:rsidRDefault="00651E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D1C45" w:rsidRDefault="009D1C45" w:rsidP="0083038B">
+    <w:p w14:paraId="5324D5B7" w14:textId="77777777" w:rsidR="00651E42" w:rsidRDefault="00651E42">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...30 lines deleted...]
-        <w:t>Zgodnie z art. 233 § 1 Kodeksu karnego – kto, składając zeznanie mające służyć za dowód w postępowaniu sądowym lub innym postępowaniu prowadzonym na podstawie ustawy, zeznaje nieprawdę lub zataja prawdę, podlega karze pozbawienia wolności od 6 miesięcy do lat 8.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0083038B"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00FF412E"/>
+    <w:rsidRoot w:val="008210DB"/>
+    <w:rsid w:val="00080998"/>
+    <w:rsid w:val="000E19E4"/>
+    <w:rsid w:val="000E5FAF"/>
+    <w:rsid w:val="00110B19"/>
+    <w:rsid w:val="00140CB3"/>
+    <w:rsid w:val="001D3130"/>
+    <w:rsid w:val="00257946"/>
+    <w:rsid w:val="002B4770"/>
+    <w:rsid w:val="002C1043"/>
+    <w:rsid w:val="0035783F"/>
+    <w:rsid w:val="003659CA"/>
+    <w:rsid w:val="00380080"/>
+    <w:rsid w:val="00443B28"/>
+    <w:rsid w:val="0050503B"/>
+    <w:rsid w:val="00526A47"/>
+    <w:rsid w:val="00557158"/>
+    <w:rsid w:val="00576567"/>
+    <w:rsid w:val="006444A2"/>
+    <w:rsid w:val="00651E42"/>
+    <w:rsid w:val="006E3777"/>
+    <w:rsid w:val="00766C83"/>
+    <w:rsid w:val="007D4029"/>
+    <w:rsid w:val="007D46C3"/>
+    <w:rsid w:val="008210DB"/>
+    <w:rsid w:val="009878E2"/>
+    <w:rsid w:val="009D30D8"/>
+    <w:rsid w:val="00A100EA"/>
+    <w:rsid w:val="00AA241E"/>
+    <w:rsid w:val="00AC7395"/>
+    <w:rsid w:val="00AE37D5"/>
+    <w:rsid w:val="00B76786"/>
+    <w:rsid w:val="00BB1433"/>
+    <w:rsid w:val="00DD3D68"/>
+    <w:rsid w:val="00DF7112"/>
+    <w:rsid w:val="00E52B59"/>
+    <w:rsid w:val="00EC4B35"/>
+    <w:rsid w:val="00F426DD"/>
+    <w:rsid w:val="00FA5B48"/>
+    <w:rsid w:val="00FC3A53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="617F4876"/>
+  <w14:docId w14:val="6F60D7AF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E1611211-FD60-438E-B239-2D95408C5DA9}"/>
+  <w15:docId w15:val="{FBFA7850-390E-44A5-ACF7-10A2E00A83C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1571,148 +2760,253 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0083038B"/>
+    <w:rsid w:val="008210DB"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalny1">
-    <w:name w:val="Normalny1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="008210DB"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:rsid w:val="0083038B"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009878E2"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:autoSpaceDE w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009878E2"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009878E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009878E2"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Uwydatnienie">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="009878E2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="009878E2"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009878E2"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009878E2"/>
+    <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
-[...1 lines deleted...]
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="0083038B"/>
+    <w:rsid w:val="009878E2"/>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="markedcontent">
+    <w:name w:val="markedcontent"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rsid w:val="00A100EA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006444A2"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...27 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -1943,69 +3237,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>137</Words>
-  <Characters>826</Characters>
+  <Words>396</Words>
+  <Characters>2261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>962</CharactersWithSpaces>
+  <CharactersWithSpaces>2652</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Grażyna Paduch</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>