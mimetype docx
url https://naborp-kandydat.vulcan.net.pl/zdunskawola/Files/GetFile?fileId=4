--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="408A1B9A" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>.......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D51CC99" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(imię i nazwisko rodzica/opiekuna prawnego) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1622C168" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="000A1D2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E62729F" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -84,172 +84,131 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Oświadczenie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="532E7E2D" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:r>
         <w:t xml:space="preserve">Oświadczam, że: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39AB6322" w14:textId="284908F7" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>1. moje dziecko ........................................................................... kandydat do Publicznego Przedszkola Nr …</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> wychowuje się w rodzinie wielodzietnej, w której znajduje się .............. dzieci. </w:t>
+        <w:t xml:space="preserve">1. moje dziecko ........................................................................... kandydat do Publicznego Przedszkola Nr …… , wychowuje się w rodzinie wielodzietnej, w której znajduje się .............. dzieci. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F06E092" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2. moje dziecko .......................................................................... kandydat do Publicznego Przedszkola Nr ......., wychowuję samotnie jako panna/kawaler/wdowa/wdowiec/osoba pozostająca w separacji orzeczonej prawomocnym wyrokiem sądu/osoba rozwiedziona/osoba objęta pieczą zastępczą* i nie wychowuję żadnego dziecka z jego rodzicem. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E23D58" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">3. moje dziecko ........................................................................... kandydat do Publicznego Przedszkola Nr </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> będzie przebywał w przedszkolu w godzinach od……….. do…………….</w:t>
+        <w:t>3. moje dziecko ........................................................................... kandydat do Publicznego Przedszkola Nr ....... , będzie przebywał w przedszkolu w godzinach od……….. do…………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13584000" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="000A1D2B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9BEA1C" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:r>
         <w:t>4.  adres zamieszkania mojego dziecka to …………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67711128" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">5. w rodzinie jest wydane orzeczenie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>niepełnosprawności jednego z rodziców/obojga rodziców/rodzeństwa* …………………………………………………………………………………………………………………</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>niepełnosprawności jednego z rodziców/obojga rodziców/rodzeństwa* ………………………………………………………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AC1554" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">6.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">pracuję zawodowo/rodzice dziecka pracują zawodowo, wykonuję/rodzice dziecka wykonują pracę na podstawie umowy cywilnoprawnej, prowadzę/rodzice dziecka prowadzą rolniczą lub pozarolniczą działalność gospodarczą, uczę się/rodzice dziecka uczą się w trybie </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>pracuję zawodowo/rodzice dziecka pracują zawodowo, wykonuję/rodzice dziecka wykonują pracę na podstawie umowy cywilnoprawnej, prowadzę/rodzice dziecka prowadzą rolniczą lub pozarolniczą działalność gospodarczą, uczę się/rodzice dziecka uczą się w trybie dziennym.*</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1FBB23A4" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6953023F" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="000A1D2B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -336,147 +295,151 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>podpis rodzica/opiekuna prawnego</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63A612BA" w14:textId="77777777" w:rsidR="000A1D2B" w:rsidRDefault="0057576F">
       <w:r>
         <w:t>*niewłaściwe skreślić</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000A1D2B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="-2049"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A1D2B"/>
     <w:rsid w:val="000A1D2B"/>
     <w:rsid w:val="000C4A84"/>
     <w:rsid w:val="0057576F"/>
+    <w:rsid w:val="008110B7"/>
+    <w:rsid w:val="00AC3F3C"/>
+    <w:rsid w:val="00B25C1C"/>
     <w:rsid w:val="00D21F85"/>
+    <w:rsid w:val="00DB6E49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4C4C666F"/>
   <w15:docId w15:val="{B3879A9F-0053-43E6-BFE5-521B3D0CF2D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -926,51 +889,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
     <w:name w:val="Indeks"/>
     <w:basedOn w:val="Normalny"/>
     <w:qFormat/>
     <w:rsid w:val="002806F2"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>